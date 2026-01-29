--- v0 (2025-11-29)
+++ v1 (2026-01-29)
@@ -11,108 +11,108 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://baptistuniong.sharepoint.com/ministry/Shared Documents/Ministry/Forms Policies Guidelines and Documents/WEBSITE/Shared Website/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Ministry\Forms Policies Guidelines and Documents\WEBSITE\Shared Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5F597DC6-41B9-4393-A44B-EF584F36B061}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F24CD465-7BCE-4708-8C49-8D51BE010C1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{63D4E363-CC1F-453B-AD92-91111022AB26}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{63D4E363-CC1F-453B-AD92-91111022AB26}"/>
   </bookViews>
   <sheets>
     <sheet name="Calculator" sheetId="1" r:id="rId1"/>
     <sheet name="Default Assumptions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C13" i="2" l="1"/>
+  <c r="G34" i="1" l="1"/>
+  <c r="G32" i="1"/>
+  <c r="C13" i="2"/>
   <c r="C10" i="2"/>
   <c r="C12" i="2"/>
   <c r="C11" i="2"/>
   <c r="C17" i="2" l="1"/>
   <c r="C16" i="2"/>
   <c r="D25" i="1"/>
   <c r="C9" i="2"/>
   <c r="D24" i="1" s="1"/>
   <c r="C4" i="2"/>
   <c r="C15" i="2" l="1"/>
   <c r="D34" i="1" l="1"/>
   <c r="D33" i="1"/>
   <c r="D32" i="1"/>
   <c r="D29" i="1"/>
   <c r="D28" i="1"/>
   <c r="D27" i="1"/>
   <c r="D26" i="1"/>
   <c r="D19" i="1"/>
   <c r="D18" i="1"/>
-  <c r="G34" i="1" l="1"/>
-  <c r="H34" i="1" s="1"/>
+  <c r="H34" i="1" l="1"/>
   <c r="G33" i="1"/>
   <c r="H33" i="1" s="1"/>
-  <c r="G32" i="1"/>
   <c r="G29" i="1"/>
   <c r="H29" i="1" s="1"/>
   <c r="G28" i="1"/>
   <c r="H28" i="1" s="1"/>
   <c r="G27" i="1"/>
   <c r="H27" i="1" s="1"/>
   <c r="G26" i="1"/>
   <c r="H26" i="1" s="1"/>
   <c r="G25" i="1"/>
   <c r="H25" i="1" s="1"/>
   <c r="G24" i="1"/>
   <c r="H24" i="1" s="1"/>
   <c r="G19" i="1"/>
   <c r="G18" i="1"/>
   <c r="D20" i="1" l="1"/>
   <c r="G20" i="1" s="1"/>
   <c r="H20" i="1" s="1"/>
   <c r="H19" i="1"/>
   <c r="G21" i="1"/>
   <c r="H21" i="1" s="1"/>
   <c r="H18" i="1"/>
   <c r="G30" i="1"/>
   <c r="H30" i="1"/>
   <c r="G35" i="1"/>
   <c r="H32" i="1"/>
@@ -1380,51 +1380,51 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/claim-employment-allowance" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usave.co.uk/broadband/guides/average-broadband-bills/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptistpensions.org.uk/churches-employers/how-the-scheme-works/how-much-does-it-cost/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.discoverwater.co.uk/annual-bill" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/financialguidance" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/financialguidance" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistics/council-tax-levels-set-by-local-authorities-in-england-2025-to-2026/council-tax-levels-set-by-local-authorities-in-england-2025-to-2026" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalmarketsummarystatisticsinengland/april2022tomarch2023" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uswitch.com/mobiles/studies/mobile-statistics/?msockid=1b0e342e156664381ce7206014ad65f9" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unbiased.co.uk/discover/mortgages-property/ownership-improvements/how-much-is-home-insurance-on-average-and-what-does-it-cover" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moneysupermarket.com/gas-and-electricity/average-energy-bills-uk/?msockid=1b0e342e156664381ce7206014ad65f9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{565555C1-C835-4141-9BD9-6ABBE710C9B5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I41"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="D27" sqref="D27"/>
+      <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.26953125" style="4" customWidth="1"/>
     <col min="2" max="2" width="4.26953125" style="4" customWidth="1"/>
     <col min="3" max="3" width="47" style="4" customWidth="1"/>
     <col min="4" max="8" width="16.1796875" style="4" customWidth="1"/>
     <col min="9" max="9" width="2.26953125" style="4" customWidth="1"/>
     <col min="10" max="16384" width="8.81640625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="3"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" s="5"/>
@@ -1839,187 +1839,187 @@
       <c r="I30" s="7"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A31" s="5"/>
       <c r="C31" s="8" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="7"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A32" s="5"/>
       <c r="C32" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D32" s="17">
         <f>'Default Assumptions'!C15</f>
         <v>1910</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F32" s="18">
         <v>1840</v>
       </c>
       <c r="G32" s="17">
-        <f>IF($E$32="No",SUM(D32*$D$10),F32)</f>
-        <v>1840</v>
+        <f>IF($E$32="Yes",IF($D$9="No",D32*$D$10,D32),F32)</f>
+        <v>1910</v>
       </c>
       <c r="H32" s="17">
         <f>G32/12</f>
-        <v>153.33333333333334</v>
+        <v>159.16666666666666</v>
       </c>
       <c r="I32" s="7"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A33" s="5"/>
       <c r="C33" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D33" s="17">
         <f>'Default Assumptions'!C16</f>
         <v>530</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F33" s="18">
         <v>510</v>
       </c>
       <c r="G33" s="17">
         <f>IF(E33="Yes",D33,F33)</f>
         <v>530</v>
       </c>
       <c r="H33" s="17">
         <f>G33/12</f>
         <v>44.166666666666664</v>
       </c>
       <c r="I33" s="7"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A34" s="5"/>
       <c r="C34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D34" s="17">
         <f>'Default Assumptions'!C17</f>
         <v>320</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="18">
         <v>305</v>
       </c>
       <c r="G34" s="17">
-        <f>IF($E$34="No",SUM(D34*$D$10),F34)</f>
-        <v>305</v>
+        <f>IF($E$34="Yes",IF($D$9="No",D34*$D$10,D34),F34)</f>
+        <v>320</v>
       </c>
       <c r="H34" s="17">
         <f>G34/12</f>
-        <v>25.416666666666668</v>
+        <v>26.666666666666668</v>
       </c>
       <c r="I34" s="7"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A35" s="5"/>
       <c r="F35" s="20" t="s">
         <v>34</v>
       </c>
       <c r="G35" s="19">
         <f>SUM(G32:G34)</f>
-        <v>2675</v>
+        <v>2760</v>
       </c>
       <c r="H35" s="19">
         <f>SUM(H32:H34)</f>
-        <v>222.91666666666666</v>
+        <v>229.99999999999997</v>
       </c>
       <c r="I35" s="7"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" s="5"/>
       <c r="F36" s="21"/>
       <c r="I36" s="7"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A37" s="5"/>
       <c r="F37" s="20" t="s">
         <v>35</v>
       </c>
       <c r="G37" s="19">
         <f>SUM(G35,G30,G22)</f>
-        <v>44529</v>
+        <v>44614</v>
       </c>
       <c r="H37" s="19">
         <f>SUM(H35,H30,H22)</f>
-        <v>3710.75</v>
+        <v>3717.8333333333335</v>
       </c>
       <c r="I37" s="7"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A38" s="5"/>
       <c r="F38" s="20"/>
       <c r="G38" s="19"/>
       <c r="H38" s="19"/>
       <c r="I38" s="7"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" s="5"/>
       <c r="B39" s="36" t="s">
         <v>63</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="20"/>
       <c r="G39" s="19"/>
       <c r="H39" s="19"/>
       <c r="I39" s="7"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" s="5"/>
       <c r="C40" s="4" t="s">
         <v>64</v>
       </c>
       <c r="F40" s="20"/>
       <c r="G40" s="19"/>
       <c r="H40" s="19"/>
       <c r="I40" s="7"/>
     </row>
     <row r="41" spans="1:9" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="22"/>
       <c r="B41" s="23"/>
       <c r="C41" s="23"/>
       <c r="D41" s="23"/>
       <c r="E41" s="23"/>
       <c r="F41" s="23"/>
       <c r="G41" s="23"/>
       <c r="H41" s="23"/>
       <c r="I41" s="24"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="um8umpcoY3wMSDgI4nHx16N4TuIo1Sy+JaiNvR1oIcVgSjd66TMirHM6Q+RH0ZjQ/LLcq1zt3uiBj92ukraGMQ==" saltValue="GcleFK3eZJcdbpd7qpuhPA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="mzEfZdZD3gWvt4FGFdoX1pJEnk5k/EAzF39JROHU4Oeg6ahW1c96Y85ok/MOlC3W9Uu+QiBaaq71Z5l1anF0mw==" saltValue="VKchZeY9DLi0kFdkvDgJFA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="F13:H13"/>
   </mergeCells>
   <conditionalFormatting sqref="D10">
     <cfRule type="expression" dxfId="6" priority="11">
       <formula>$D$9="Yes"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D12 D24:F29">
     <cfRule type="expression" dxfId="5" priority="10">
       <formula>$D$11&lt;&gt;"Manse"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24:D25">
     <cfRule type="expression" dxfId="4" priority="1">
       <formula>#REF!="Owned"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24:F25">
     <cfRule type="expression" dxfId="3" priority="4">
       <formula>#REF!="Leased"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D29:F29">
     <cfRule type="expression" dxfId="2" priority="7">
@@ -2376,207 +2376,187 @@
     <hyperlink ref="F12" r:id="rId7" display="https://www.discoverwater.co.uk/annual-bill" xr:uid="{56995D95-6FA5-473D-B3D7-DADFDF5865DB}"/>
     <hyperlink ref="F13" r:id="rId8" display="https://usave.co.uk/broadband/guides/average-broadband-bills/" xr:uid="{49FCB5A3-7930-4CE6-839C-F31507BB00BB}"/>
     <hyperlink ref="F14" r:id="rId9" display="https://www.moneysupermarket.com/gas-and-electricity/average-energy-bills-uk/?msockid=1b0e342e156664381ce7206014ad65f9" xr:uid="{3BCAD72C-5890-4891-BE9B-10B08782A446}"/>
     <hyperlink ref="F17" r:id="rId10" display="https://www.uswitch.com/mobiles/studies/mobile-statistics/?msockid=1b0e342e156664381ce7206014ad65f9" xr:uid="{1FE6E6B5-2F6C-43D4-8D56-AEFC0ECF4F14}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId11"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...21 lines deleted...]
-    <xsd:import namespace="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F15D8546C640847B4AE0BD5461346A2" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6e17e787d928edf7eefb508c0334b5fa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ca47ac6-6a18-4f06-be40-b3200ed2520a" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="004a15317603e191d846dd3b9a952d8a" ns2:_="" ns3:_="">
+    <xsd:import namespace="3ca47ac6-6a18-4f06-be40-b3200ed2520a"/>
     <xsd:import namespace="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7949b5e0-2f76-42c9-9129-4af4186a3fe4" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3ca47ac6-6a18-4f06-be40-b3200ed2520a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="MediaServiceOCR" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="MediaServiceLocation" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="MediaServiceLocation" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b782bff6-c124-446e-8a54-398a55c4b0f9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd2f9774-fea6-4991-a844-4915b7a2177b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="14" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{96e23e51-8d9c-42d6-9923-2f9a2de43f7f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bd2f9774-fea6-4991-a844-4915b7a2177b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
@@ -2650,90 +2630,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3ca47ac6-6a18-4f06-be40-b3200ed2520a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8E8133-3848-4E5A-93CF-EED713123C4B}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8504208D-1CFD-4F5E-A47A-425A6D043449}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="3ca47ac6-6a18-4f06-be40-b3200ed2520a"/>
     <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{768B345F-AFA9-4E4E-9E13-BEE3DBB58305}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3ca47ac6-6a18-4f06-be40-b3200ed2520a"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D9313AA-945B-447A-98E4-9A4902BC2C4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Calculator</vt:lpstr>
       <vt:lpstr>Default Assumptions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
@@ -2742,29 +2742,29 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nicci  Johnson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Jet Reports Function Literals">
     <vt:lpwstr>,	;	,	{	}	[@[{0}]]	1033	2057</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
-    <vt:lpwstr>0x010100FCA849790BCDCE4F94588C7B7BB89C72</vt:lpwstr>
+    <vt:lpwstr>0x0101008F15D8546C640847B4AE0BD5461346A2</vt:lpwstr>
   </property>
 </Properties>
 </file>